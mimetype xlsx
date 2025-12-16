--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381747b31e094e93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf248fce71090469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceb588e0b2884aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R392f1528a945471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb28a5dbb684781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceb588e0b2884aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd19c5950b5064270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R392f1528a945471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OnlyOneWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,977</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>