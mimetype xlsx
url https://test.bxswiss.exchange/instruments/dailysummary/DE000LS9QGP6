--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1c5014594f64fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b390180c3c34f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06713e9d876417f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e00d7fb53c24e0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe418b7bf6d4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06713e9d876417f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a305f080c341e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e00d7fb53c24e0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech-Big-Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>209,721</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>