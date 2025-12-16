--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb45051be5fa4488" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e01813a1c3496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01f5f8a86d7042d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e01647c06441e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409396e0e4ac4cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01f5f8a86d7042d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ebe49f6c3f4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e01647c06441e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,760</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>