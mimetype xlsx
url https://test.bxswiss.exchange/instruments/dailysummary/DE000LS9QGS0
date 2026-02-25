--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e01813a1c3496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352e89f3491d4ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e01647c06441e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a694622dad4355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ebe49f6c3f4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e01647c06441e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8417c847d44019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a694622dad4355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>152,442</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,439</x:t>
-[...490 lines deleted...]
-          <x:t>155,735</x:t>
+          <x:t>153,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>