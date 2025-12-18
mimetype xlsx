--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R960b520ec9284d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd560933732984ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6e3ba8f4ac1471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec705a2f87024d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcada191aaf224c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6e3ba8f4ac1471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109ebc20232c4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec705a2f87024d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trust Invest TN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>88,828</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>