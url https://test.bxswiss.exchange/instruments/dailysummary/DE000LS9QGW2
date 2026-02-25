--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd560933732984ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf38c2ab2d8244eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec705a2f87024d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ee0789f855e43b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109ebc20232c4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec705a2f87024d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3169c255c07a40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ee0789f855e43b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trust Invest TN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>95,378</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,373</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>93,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,742</x:t>
         </x:is>
       </x:c>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>