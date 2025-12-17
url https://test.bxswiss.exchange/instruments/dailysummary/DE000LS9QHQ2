--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b59fae6da1e4665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R975a33944c344614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30507e5e529d4269"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6984317d206944f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e08db9db0c4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30507e5e529d4269" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e57ef123c94e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6984317d206944f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,417</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>