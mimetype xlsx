--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R975a33944c344614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec9376c7c2b34cbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6984317d206944f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44348dd7327c4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e57ef123c94e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6984317d206944f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184d91839a0243ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44348dd7327c4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>