--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3edfe19a0ce4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564d09e5dac2493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8b28b3dfde4826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa0e37e68424f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92c7923cee804666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8b28b3dfde4826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6015a45c93b4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa0e37e68424f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,762</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>