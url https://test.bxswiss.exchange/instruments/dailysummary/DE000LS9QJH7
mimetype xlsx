--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7da989ca734361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd157b0418741db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291f1b4ae7e7445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe420ef4b4fc4305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26a93f05aad49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291f1b4ae7e7445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6c9f4b6f114ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe420ef4b4fc4305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Edelmetalle Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>69,510</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,894</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>78,911</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>