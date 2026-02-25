--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd157b0418741db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6523f32ae9a24c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe420ef4b4fc4305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8270146fe534dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6c9f4b6f114ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe420ef4b4fc4305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e0f31d9d3e4ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8270146fe534dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Edelmetalle Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>