--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f815049d684101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6877629002ab4dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce3c458b67449f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc57a1fea0094e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc89e10a06e4026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce3c458b67449f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15010fc04aba4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc57a1fea0094e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MLG - Focus Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>177,111</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,675</x:t>
-[...220 lines deleted...]
-          <x:t>174,218</x:t>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>