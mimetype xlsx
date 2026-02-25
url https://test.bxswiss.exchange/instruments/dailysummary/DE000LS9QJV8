--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6877629002ab4dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eeb097f88a8432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc57a1fea0094e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b0cf806200449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15010fc04aba4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc57a1fea0094e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb9d1da9f4f49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b0cf806200449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MLG - Focus Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QJV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,261</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>177,204</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>