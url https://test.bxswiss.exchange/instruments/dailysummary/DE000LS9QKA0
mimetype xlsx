--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4d1d23f87c46cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96681acf18cf4016" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cc8d8df95e44b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d84ed1e3144957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53dc64134631463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cc8d8df95e44b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66715502d7f948ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d84ed1e3144957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regio Baden-Wuerttemberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>106,513</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,941</x:t>
-[...350 lines deleted...]
-          <x:t>104,708</x:t>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>