--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96681acf18cf4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8424a85f49404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d84ed1e3144957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c1d423818a42a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66715502d7f948ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d84ed1e3144957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfff129af76c40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c1d423818a42a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Regio Baden-Wuerttemberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>111,287</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,271</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,456</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>112,809</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>