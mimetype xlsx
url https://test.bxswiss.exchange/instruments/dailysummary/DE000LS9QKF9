--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7b072c3dcad4161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec14ecf184b4e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72456a7fedae4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f585c0e84f425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7473ba1827d24093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72456a7fedae4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7030c02cc2ed457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f585c0e84f425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Health Care Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,286</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>