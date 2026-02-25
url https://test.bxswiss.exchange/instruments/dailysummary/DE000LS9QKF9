--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec14ecf184b4e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50470261ec594c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f585c0e84f425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27420227c0d742a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7030c02cc2ed457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f585c0e84f425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca35772061a4ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27420227c0d742a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Health Care Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>