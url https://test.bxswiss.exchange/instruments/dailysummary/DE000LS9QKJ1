--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58976a5966694e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2001dfb454da4502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43d0f4362e04e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d9d824da4c43ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4814004ea384b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43d0f4362e04e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3415828984324418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d9d824da4c43ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oriented-Zukunftstrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,053</x:t>
-[...549 lines deleted...]
-          <x:t>75,911</x:t>
+          <x:t>75,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>