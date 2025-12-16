--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03e8bdbcf17441ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re737b34d168b498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd38ef2b95ecd4a22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7250dc5735c48aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35badf8a7c84cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd38ef2b95ecd4a22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ac92ecb46345d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7250dc5735c48aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...573 lines deleted...]
-          <x:t>189,637</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>