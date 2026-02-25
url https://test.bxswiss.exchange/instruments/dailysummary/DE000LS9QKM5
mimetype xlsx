--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re737b34d168b498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d953628ec54bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7250dc5735c48aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f7931041de47ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ac92ecb46345d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7250dc5735c48aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68be4dd985d4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f7931041de47ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global--Tec</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>