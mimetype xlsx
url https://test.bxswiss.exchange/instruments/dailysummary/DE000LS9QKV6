--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb43248b7a72468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcadf3be519df4f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa96da23e7842f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4656f01e6a064275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2441374c6752453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa96da23e7842f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8956de0a4e24070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4656f01e6a064275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>109,298</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,293</x:t>
-[...242 lines deleted...]
-          <x:t>106,995</x:t>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>