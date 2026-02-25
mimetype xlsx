--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcadf3be519df4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c656165686a419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4656f01e6a064275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab7f91b4305344d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8956de0a4e24070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4656f01e6a064275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992495f2e875436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab7f91b4305344d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QKV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>108,861</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,702</x:t>
-[...313 lines deleted...]
-          <x:t>108,024</x:t>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,292</x:t>
-[...53 lines deleted...]
-          <x:t>107,846</x:t>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>