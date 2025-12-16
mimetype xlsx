--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce660ab466e44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd3e2e9b3a948f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be7cc96f7314a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a18c4f731c4693"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78331ade00d944d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be7cc96f7314a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc33645256f347ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a18c4f731c4693" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>125,845</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>