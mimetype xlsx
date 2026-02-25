--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd3e2e9b3a948f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c925225b3b4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a18c4f731c4693"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f03cabc78fc4618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc33645256f347ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a18c4f731c4693" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1bc1dfeb2646fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f03cabc78fc4618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>132,291</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,462</x:t>
-[...539 lines deleted...]
-          <x:t>130,452</x:t>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>