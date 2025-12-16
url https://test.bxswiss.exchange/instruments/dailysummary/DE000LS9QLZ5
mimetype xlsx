--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123950cebfef485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d014710b5ec4927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669e86a149104565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef6b4a7043849b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7354ebde47c74ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669e86a149104565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fc2fe8ebc214abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef6b4a7043849b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.392,611</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>