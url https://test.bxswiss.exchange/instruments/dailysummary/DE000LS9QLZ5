--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d014710b5ec4927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6181d4b5214fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef6b4a7043849b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccff4837a31f47f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fc2fe8ebc214abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef6b4a7043849b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511a8bf5292247cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccff4837a31f47f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QLZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1.470,474</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.477,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.463,507</x:t>
-[...463 lines deleted...]
-          <x:t>1.485,248</x:t>
+          <x:t>1.458,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>