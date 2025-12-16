--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5edffae703614c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaafc847fe8433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra807be29dae2465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d3863ab70f4e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3fd434d95f4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra807be29dae2465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ba2a6b832a419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d3863ab70f4e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chirpy Chirpy Chip Chip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,751</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>