--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaafc847fe8433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30252e672d8d417c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d3863ab70f4e50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de56b59aeb940ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ba2a6b832a419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d3863ab70f4e50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c264a7ee5f447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de56b59aeb940ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chirpy Chirpy Chip Chip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>