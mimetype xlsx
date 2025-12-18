--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae397c14c2e4d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191785a03655420b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff58a267c154d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9005a70360fb44e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0861a7746714c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff58a267c154d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d79fa23946490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9005a70360fb44e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>336,246</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>