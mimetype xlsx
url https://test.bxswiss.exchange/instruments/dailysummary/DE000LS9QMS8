--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191785a03655420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5367f710ae046e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9005a70360fb44e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e9da372a61453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d79fa23946490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9005a70360fb44e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff0255e22914fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e9da372a61453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>