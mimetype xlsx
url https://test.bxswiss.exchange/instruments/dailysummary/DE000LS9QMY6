--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a676f756d840fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1786e27f848e4d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3713109553b5482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d18d64ee48f49d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e6950b82fd4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3713109553b5482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d6545651244c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d18d64ee48f49d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,867</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>