--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1786e27f848e4d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f43e39991a447c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d18d64ee48f49d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045132b6a9f14b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d6545651244c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d18d64ee48f49d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b1f0876f714fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045132b6a9f14b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale REITs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QMY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,956</x:t>
-[...31 lines deleted...]
-          <x:t>96,299</x:t>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,618</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>96,241</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>