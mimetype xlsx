--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa2a51c5d644b91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37cb1a27eca40fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc3737ad4574df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308aec5c174d4d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30f87b2ca6048bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc3737ad4574df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4727d0ba719940b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308aec5c174d4d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>240,713</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>