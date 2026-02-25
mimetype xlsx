--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37cb1a27eca40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1c8e1b6a124223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308aec5c174d4d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998c9bae055f4a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4727d0ba719940b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308aec5c174d4d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc017ced069a4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998c9bae055f4a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compass</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QNU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>