--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75becec4d2fc4c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348b2d3b73a6452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80a4d73f8ed4f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3691381f7749ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3eeefc28e54b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80a4d73f8ed4f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47647d3f85084363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3691381f7749ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small und Mid Cap Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>276,492</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>