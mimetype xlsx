--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e47260461624de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re315679d170a4eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb1bc96562ab4639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfbf59732c104ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1325aed5dd9042c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb1bc96562ab4639" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d695bbc418a4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfbf59732c104ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.258,424</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>