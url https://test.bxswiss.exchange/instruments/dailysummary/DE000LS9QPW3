--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re315679d170a4eeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00581297c0d447af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfbf59732c104ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f5b0ff608c54006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d695bbc418a4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfbf59732c104ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad914de215f4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f5b0ff608c54006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha AI Sustainable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QPW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1.322,905</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.302,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.314,614</x:t>
-[...539 lines deleted...]
-          <x:t>1.304,524</x:t>
+          <x:t>1.312,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>