--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618e170873ad4045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dfc43d3f95487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbff958c8794cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3731d1377e484593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02026389c926424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbff958c8794cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57a54e7da004e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3731d1377e484593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Covid19</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,415</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>