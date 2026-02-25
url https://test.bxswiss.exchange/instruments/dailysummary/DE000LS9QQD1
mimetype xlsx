--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dfc43d3f95487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d684b5bba2a4221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3731d1377e484593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0bad9c06304014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57a54e7da004e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3731d1377e484593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c8a44194e3429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0bad9c06304014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Covid19</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>60,998</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,084</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>60,953</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>