--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e3bec04e1a48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra964f28b68764327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d689a65ca93493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d39d421572d4af5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec58530b79794f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d689a65ca93493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a9d694170134142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d39d421572d4af5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,303</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>