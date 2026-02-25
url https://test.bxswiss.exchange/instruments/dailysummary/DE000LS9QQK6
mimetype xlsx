--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra964f28b68764327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4116f4d86884b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d39d421572d4af5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed572f5574a45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a9d694170134142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d39d421572d4af5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9075ee0755164b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed572f5574a45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beste Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QQK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>