--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c3dcd49fac440f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b184b4cf324221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d518df2d284469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65e244c9f8d4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c12d3657f874cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d518df2d284469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ca94e891b34ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65e244c9f8d4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wolfs beste Edelmetallaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...526 lines deleted...]
-          <x:t>130,961</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>