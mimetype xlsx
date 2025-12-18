--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ee18dc9e444f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e3d9d8815d4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19f6b2374e449a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f5a0e376d47476d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4607721e4504fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19f6b2374e449a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948371275b8f4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f5a0e376d47476d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fast Lane </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>30,255</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,177</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>30,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...343 lines deleted...]
-          <x:t>31,864</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>