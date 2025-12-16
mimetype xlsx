--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc590db0cc0914c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a596760a204927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cb8901167f44ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4646cdc4e74ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10fec242e6ee43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cb8901167f44ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee3c6d072914f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4646cdc4e74ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>151,210</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,953</x:t>
-[...566 lines deleted...]
-          <x:t>153,362</x:t>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>