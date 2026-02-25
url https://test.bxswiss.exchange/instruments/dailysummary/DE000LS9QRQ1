--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a596760a204927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ae2cb4cd264131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4646cdc4e74ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac461e1d7494206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee3c6d072914f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4646cdc4e74ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d56300624e478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac461e1d7494206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Tech - long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>