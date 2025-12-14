--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1433f3609d4a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d8e9a18fdc4846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e7cabc203749c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6587630d58a8409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4715241fb8a246b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e7cabc203749c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99da19e642204586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6587630d58a8409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Internet der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>58,229</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>