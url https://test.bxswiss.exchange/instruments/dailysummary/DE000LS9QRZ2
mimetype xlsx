--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d8e9a18fdc4846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e933a5a62043ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6587630d58a8409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9b21820af945a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99da19e642204586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6587630d58a8409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07c9997d0dfa4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9b21820af945a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Internet der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QRZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>52,360</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,119</x:t>
-[...598 lines deleted...]
-          <x:t>52,258</x:t>
+          <x:t>53,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>