--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae384faf7c8d4b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908a5edc1fa04ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a37b66a8fb4a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74818892691e4b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086b62025c824102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a37b66a8fb4a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca48b66d73c4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74818892691e4b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,434</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>