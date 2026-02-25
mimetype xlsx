--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908a5edc1fa04ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb42ce7f1474b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74818892691e4b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b9aa90c23441ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca48b66d73c4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74818892691e4b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb2fbc239df4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b9aa90c23441ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Wasserstoff H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>96,442</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,282</x:t>
-[...296 lines deleted...]
-          <x:t>92,227</x:t>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>