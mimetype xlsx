--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dd6521fbd4441c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R713bab897e3a43a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8e6f4ec6881401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff56fb3929594994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d177409ce0424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e6f4ec6881401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1da6328dddce4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff56fb3929594994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>247,943</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>