--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R713bab897e3a43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ad005147af485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff56fb3929594994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae450c2a92864717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1da6328dddce4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff56fb3929594994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R473dfe7086154e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae450c2a92864717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG  US TEC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>