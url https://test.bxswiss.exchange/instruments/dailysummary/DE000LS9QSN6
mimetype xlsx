--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7973dba5ec414280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R016ae1fb12414175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e7c79881764870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebeb9088e8e34c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c817685902480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e7c79881764870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7982a21548e4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebeb9088e8e34c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>184,327</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>