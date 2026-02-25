--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R016ae1fb12414175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6cf881798dc4971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebeb9088e8e34c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a5a9a717014f4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7982a21548e4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebeb9088e8e34c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d9e106bf1b40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a5a9a717014f4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex Growth Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>