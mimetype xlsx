--- v0 (2025-10-03)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705241f66a334222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6599afe724441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003bf523deda4f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9816274c21b4b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb310f56abead48b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003bf523deda4f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba66a84279546f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9816274c21b4b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...413 lines deleted...]
-          <x:t>196,681</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>