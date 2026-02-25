--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6599afe724441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fccf3134ff3476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9816274c21b4b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8df00e858b4573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba66a84279546f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9816274c21b4b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a70b7abb14e48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8df00e858b4573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>