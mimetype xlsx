--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd01d23401514f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc869d056fbe49b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f1d6e64a05c4984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82676921e2aa45d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb58b17207aed4e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f1d6e64a05c4984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f200e5549c498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82676921e2aa45d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>279,357</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>