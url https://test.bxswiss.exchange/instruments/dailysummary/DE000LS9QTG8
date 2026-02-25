--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc869d056fbe49b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e769a9247f042bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82676921e2aa45d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe43f9a72f8423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f200e5549c498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82676921e2aa45d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d50c08848948a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe43f9a72f8423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>