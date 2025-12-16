--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb90af1fe63432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee8187c711d40ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd911d34a9bb74b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492ef6763cdd4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635f7ee239b64118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd911d34a9bb74b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9be0a18317174234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492ef6763cdd4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,185</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>