--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2f2c6a514ad4501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7003a917ec41b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b71b02cf05e404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6258da33de534c7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35410ad8b94a42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b71b02cf05e404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86bc96f5402c4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6258da33de534c7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Schuldentilgungskraft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,950</x:t>
-[...198 lines deleted...]
-          <x:t>160,933</x:t>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>