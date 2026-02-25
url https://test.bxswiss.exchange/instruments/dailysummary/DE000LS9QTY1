--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7003a917ec41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5a0d32d06d4160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6258da33de534c7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59532efe42064ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86bc96f5402c4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6258da33de534c7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73bc557bee3140e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59532efe42064ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Schuldentilgungskraft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,273</x:t>
-[...468 lines deleted...]
-          <x:t>157,029</x:t>
+          <x:t>158,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>