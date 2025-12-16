--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173738b4ff5a4660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f540e71e4d447bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f7dd6e292640f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0da9b927df48d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d58cd91e9e4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f7dd6e292640f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6442c3436ed4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0da9b927df48d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>210,868</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>