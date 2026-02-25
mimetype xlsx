--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f540e71e4d447bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc138bb30894e4ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0da9b927df48d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ca77080eaf464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6442c3436ed4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0da9b927df48d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d7fa86087f437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ca77080eaf464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,553</x:t>
-[...171 lines deleted...]
-          <x:t>209,947</x:t>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>