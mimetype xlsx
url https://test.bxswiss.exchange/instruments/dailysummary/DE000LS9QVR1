--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbecbad65ff447c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R716fb91e51f14c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b29d0f77c33419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4a90f6c5804bd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R093b6bdc66b347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b29d0f77c33419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f83541610ee49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4a90f6c5804bd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsmarkt Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>86,764</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>