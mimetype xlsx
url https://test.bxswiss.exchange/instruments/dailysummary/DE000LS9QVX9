--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853cc101e7dd4cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37161ddf96443b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01da52c0e7348e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ca5f2348244874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54936e96bd344b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01da52c0e7348e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ee9674e2af4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ca5f2348244874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Technologie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>191,355</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,568</x:t>
-[...485 lines deleted...]
-          <x:t>192,190</x:t>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>