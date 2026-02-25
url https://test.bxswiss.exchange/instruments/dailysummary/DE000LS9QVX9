--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37161ddf96443b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb303b2f53df14185" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ca5f2348244874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a6f9f09eef463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ee9674e2af4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ca5f2348244874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ad03c236984403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a6f9f09eef463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Technologie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>