--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de615a466bd4723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b7ea6575ab41ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23335c0290c4149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e1d48aa26744a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89332053f24a4526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23335c0290c4149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f34d31f1c1c4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e1d48aa26744a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>60,018</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>