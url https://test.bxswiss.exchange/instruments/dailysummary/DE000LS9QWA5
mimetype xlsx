--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b7ea6575ab41ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa0a95415cb4bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e1d48aa26744a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7da601e1baa342c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f34d31f1c1c4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e1d48aa26744a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0625889db3f455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7da601e1baa342c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>