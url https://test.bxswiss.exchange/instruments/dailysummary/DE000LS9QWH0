--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f311ae450bb4474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c39f9aca74471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c5a4e30b4e4366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R080830e84ae54e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60480504c8d04d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c5a4e30b4e4366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61b186c22f94894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R080830e84ae54e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,663</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>