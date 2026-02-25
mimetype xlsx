--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c39f9aca74471d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d933e222e22405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R080830e84ae54e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f27ae71d3c84ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61b186c22f94894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R080830e84ae54e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874fe7c7c4cb4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f27ae71d3c84ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>