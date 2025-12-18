--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R051f7098e7e54c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8abefdcc963f40db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87254a71089548d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bb149ee98045aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f4c54b53bff47e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87254a71089548d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976d5195079449c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bb149ee98045aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>121,499</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,287</x:t>
-[...85 lines deleted...]
-          <x:t>123,032</x:t>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>