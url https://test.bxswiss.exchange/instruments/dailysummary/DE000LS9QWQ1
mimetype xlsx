--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc84272030f7453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8aa0bbfd9847f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52be3a7730fb49e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31f5defff154035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaaf753c364b4316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52be3a7730fb49e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82175747317d4ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31f5defff154035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,928</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>