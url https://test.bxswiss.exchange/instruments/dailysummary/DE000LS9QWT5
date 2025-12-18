--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb750873e33e744bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c2f1120eb943b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5373fe08d6474818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91236a1d9c754eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94d8e7ae8cf49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5373fe08d6474818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7c05a8027741c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91236a1d9c754eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,202</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>