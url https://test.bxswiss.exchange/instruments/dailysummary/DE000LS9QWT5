--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c2f1120eb943b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6529032a83f44b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91236a1d9c754eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb5fd41f2bbd4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7c05a8027741c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91236a1d9c754eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9309b407c1e4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb5fd41f2bbd4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>