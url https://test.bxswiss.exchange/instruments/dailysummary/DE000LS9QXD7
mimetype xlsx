--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2bc3173bf14b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f7f002d4c04544" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e90c08e84f406f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1be95123b7bc4ca1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03176303af334f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e90c08e84f406f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103b297668fe4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1be95123b7bc4ca1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,256</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>