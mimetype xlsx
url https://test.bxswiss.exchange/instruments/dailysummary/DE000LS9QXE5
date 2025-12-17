--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9757ab95164745" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa814839e87b425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4830cc7fc3d4ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4092d315c149476c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c7f8a198904af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4830cc7fc3d4ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0494725897d34b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4092d315c149476c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>56,330</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>