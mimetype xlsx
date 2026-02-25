--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa814839e87b425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27481cb98ebb4224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4092d315c149476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6517eb5716ec4596"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0494725897d34b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4092d315c149476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa006803bcdd402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6517eb5716ec4596" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>57,449</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>57,956</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>