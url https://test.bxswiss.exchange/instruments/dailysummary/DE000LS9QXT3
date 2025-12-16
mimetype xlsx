--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7767bbde57438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825904cb35354264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10881e86c82f4b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a4b7f86dbd44e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re508db81fdb54425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10881e86c82f4b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec93724c77324285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a4b7f86dbd44e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 3-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>125,952</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,428</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>129,612</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>