--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825904cb35354264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd9ba4e10ae44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a4b7f86dbd44e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0d72372d5245fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec93724c77324285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a4b7f86dbd44e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400614601fb84d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0d72372d5245fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 3-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>