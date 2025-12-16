--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0123556f7917402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7ad9bb43554006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8673d1c6e5484e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1105d6c9be41b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443ef385385140cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8673d1c6e5484e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af507235dc7445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1105d6c9be41b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,439 +149,392 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...406 lines deleted...]
-          <x:t>48,578</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>