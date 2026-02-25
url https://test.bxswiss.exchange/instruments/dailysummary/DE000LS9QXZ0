--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7ad9bb43554006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4702443aaa4748" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1105d6c9be41b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R200fd0b3ff064478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af507235dc7445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1105d6c9be41b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb434b38f1eed4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R200fd0b3ff064478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,392 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...338 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>