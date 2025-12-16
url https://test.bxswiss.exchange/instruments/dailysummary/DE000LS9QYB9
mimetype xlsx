--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3089192fb0c94942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0181fe35ef4763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1302a4f239014d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f7ba5e337dd4f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a68ce02c3a4c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1302a4f239014d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d4c467e31a14e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f7ba5e337dd4f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,206</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>