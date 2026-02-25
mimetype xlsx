--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0181fe35ef4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d8e25746e549b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f7ba5e337dd4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729533d0694e4137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d4c467e31a14e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f7ba5e337dd4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf8923cb1e16423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729533d0694e4137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>