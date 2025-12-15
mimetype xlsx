--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2faeb614586f4c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942fcd7a4fe7443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff99937bc0645b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8df192bb2e74d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7b462ab4bd45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff99937bc0645b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45234cb0f270432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8df192bb2e74d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenTrendsUndZiel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>184,950</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>