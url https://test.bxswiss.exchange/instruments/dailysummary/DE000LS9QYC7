--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942fcd7a4fe7443f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d5aaddd1b24a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8df192bb2e74d30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f708f6ce0d147b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45234cb0f270432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8df192bb2e74d30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc84608a196f4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f708f6ce0d147b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenTrendsUndZiel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>195,837</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>