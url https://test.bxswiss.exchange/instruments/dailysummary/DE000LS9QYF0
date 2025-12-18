--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a88598fb854bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ade402433c46f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e2a2370f96845c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34149e3d5ff49df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea8d8c1c3d94ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e2a2370f96845c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda0b4116da843bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34149e3d5ff49df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>229,509</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>