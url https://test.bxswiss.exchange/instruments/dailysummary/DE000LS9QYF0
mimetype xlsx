--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ade402433c46f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfed8d17409474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34149e3d5ff49df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1252b152514343c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda0b4116da843bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34149e3d5ff49df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R861e8246bc1845ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1252b152514343c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>185,328</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...560 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>