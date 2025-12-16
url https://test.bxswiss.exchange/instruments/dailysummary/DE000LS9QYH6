--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e277d47eb4424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d4393fb8a646ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec72d3fe6744841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a6b8c1ba8f4ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d6f8c06ef2d4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec72d3fe6744841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9357becec8d54669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a6b8c1ba8f4ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 6-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,355</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>