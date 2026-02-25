--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d4393fb8a646ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03970858c3ed4a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a6b8c1ba8f4ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d2461508a34f81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9357becec8d54669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a6b8c1ba8f4ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63fc2eff0291432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d2461508a34f81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 6-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>